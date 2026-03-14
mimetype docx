--- v0 (2025-11-03)
+++ v1 (2026-03-14)
@@ -1,2265 +1,2002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-24"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4950"/>
         <w:gridCol w:w="4950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00E4747C" w14:paraId="1FE2A100" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00E4747C" w14:paraId="11864D06" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="1079"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="567CFBA8" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0B9AE7A1" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk203477929"/>
             <w:r w:rsidRPr="00E4747C">
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>STATE OF SOUTH DAKOTA:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13CF3B0B" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="50B4AF87" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1513" w:right="-101" w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t>SS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1018D4C3" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3EBEB60B" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t xml:space="preserve">COUNTY OF  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2064787079"/>
                 <w:placeholder>
-                  <w:docPart w:val="CB5AF758FD754768941E2C2C879FEB1B"/>
+                  <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00E4747C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23A7066C" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="355AA255" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t>IN CIRCUIT COURT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59AE1EF2" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="711264A7" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07E60F39" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="69AC4956" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="SEVENTH"/>
                 <w:tag w:val="FIFTH"/>
                 <w:id w:val="1498303263"/>
                 <w:placeholder>
-                  <w:docPart w:val="464709E2383248198D9C78D95248296A"/>
+                  <w:docPart w:val="D217FC80A41845D18A8ACB4E39B42470"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="FIRST" w:value="FIRST"/>
                   <w:listItem w:displayText="SECOND" w:value="SECOND"/>
                   <w:listItem w:displayText="THIRD" w:value="THIRD"/>
                   <w:listItem w:displayText="FOURTH" w:value="FOURTH"/>
                   <w:listItem w:displayText="FIFTH" w:value="FIFTH"/>
                   <w:listItem w:displayText="SIXTH" w:value="SIXTH"/>
                   <w:listItem w:displayText="SEVENTH" w:value="SEVENTH"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="001273FA" w:rsidRPr="00E4747C">
+                <w:r w:rsidRPr="00E4747C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="001273FA" w:rsidRPr="00E4747C">
+            <w:r w:rsidRPr="00E4747C">
               <w:t xml:space="preserve">  JUDICIAL CIRCUIT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00E4747C" w14:paraId="278C25A9" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00E4747C" w14:paraId="6AB40380" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="2286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="544745AE" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="68459E6B" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="75"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D490564" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="51DB5466" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="75"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t>IN THE MATTER OF THE GUARDIANSHIP OF</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0560BDB9" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6641AB9D" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="720" w:hanging="720"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B5B275D" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="006188B8" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1713106795"/>
                 <w:placeholder>
-                  <w:docPart w:val="FE051ECE8FD44B0EA7538A9E89D4109B"/>
+                  <w:docPart w:val="64BB740CC5A3451AB3F9F2F33EEC0D1D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="001273FA" w:rsidRPr="00F6774D">
+                <w:r w:rsidRPr="00F6774D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="001273FA" w:rsidRPr="00E4747C">
+            <w:r w:rsidRPr="00E4747C">
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23020DBA" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="38C6B6CA" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="70" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t>Minor Child.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20D564A0" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3A5F22D9" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35820F9D" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6EC8C149" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E4747C">
               <w:t xml:space="preserve">File No. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1908885277"/>
                 <w:placeholder>
-                  <w:docPart w:val="FE051ECE8FD44B0EA7538A9E89D4109B"/>
+                  <w:docPart w:val="64BB740CC5A3451AB3F9F2F33EEC0D1D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00F6774D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="599DCA6F" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="26AC0149" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:right="720" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="156BDA58" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2FBA196C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:right="720" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65A42986" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="116E1E27" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4665"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:hanging="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="CNG"/>
             <w:r w:rsidRPr="00E4747C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
-              <w:t>CONSENT TO AND NOMINATION OF GUARDIANS</w:t>
+              <w:t xml:space="preserve">CONSENT TO </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48877072" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="007224C3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4665"/>
+              </w:tabs>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15" w:hanging="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4747C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>GUARDIAN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+              </w:rPr>
+              <w:t>SHIP</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="65D9E56D" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0EF19AB0" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4665"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:hanging="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="73436814" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="65C7FA2C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4665"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:hanging="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BFCAD2A" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00E4747C" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="43D55894" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00E4747C" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4665"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:hanging="15"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="55885952" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="16F72842" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:kern w:val="0"/>
-[...14 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">I, </w:t>
+        <w:t>I,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the undersigned, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765500">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1755162397"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, as the natural </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:sdt>
-[...26 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director of the Division of Child Protection Services</w:t>
+      </w:r>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the minor child, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> South Dakota Department of Social Services, to who was given guardianship of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765500">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="567231945"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, having a sufficient capacity to form a preference, consent to the guardianship and nominate </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by order of the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1877581534"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judicial Court, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765500">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-199547706"/>
+          <w:placeholder>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">County, dated </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk220654694"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="1315534362"/>
+          <w:placeholder>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and do hereby consent to the transfer of care, control, custody, and guardianship of the said minor  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="-199547706"/>
+          <w:id w:val="-297914270"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="CC3E52855AAE4580BA5B382122833089"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, at guardianship proceedings to be heard in the </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-116058163"/>
+          <w:placeholder>
+            <w:docPart w:val="C5B709F7CC3D4E0D82E42F69196D276F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judicial Court, </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-372385632"/>
+          <w:placeholder>
+            <w:docPart w:val="840106C8D9684C96BDB2D84A5A34E701"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">County, on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-947231928"/>
+          <w:placeholder>
+            <w:docPart w:val="E1DE50DF64CF4BADA8749C7A809408D9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00765500">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="22D02EE4" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00765500">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dated this </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="1086805242"/>
+          <w:placeholder>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as Guardians of</w:t>
+        <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="1315534362"/>
+          <w:id w:val="2048253612"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">Dated this </w:t>
+        <w:t>, 20</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="1086805242"/>
+          <w:id w:val="1825472300"/>
           <w:placeholder>
-            <w:docPart w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:docPart w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> day of </w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43025DC5" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="27A39C2C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CD4288E" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="4AAB186E" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6300" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="5461E24F" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="26D2F66A" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0224AF33" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="20D502A3" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="440CE958" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="7DAAFA63" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A33E60A" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="06441A20" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765500">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="2001F726" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="038D56E2" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E60BB65" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2354B415" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765500">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Street Address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="0953FFB6" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="3299C076" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06731E09" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="604AD9FE" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765500">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(City), SD 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="000BB6ED" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="7B3A75AC" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7685A4AF" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4F794AE1" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765500">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C75648F" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="0CC142D2" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43378B66" w14:textId="58583B7C" w:rsidR="001273FA" w:rsidRDefault="001273FA">
-[...8 lines deleted...]
-    <w:p w14:paraId="76B0AF3B" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="6D2D252A" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-450" w:firstLine="720"/>
+        <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00765500">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="733F4F5C" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="77F7A2E8" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-450" w:firstLine="2880"/>
+        <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5ED47009" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="723198C9" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-450" w:firstLine="720"/>
+        <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00765500">
+    </w:p>
+    <w:p w14:paraId="73BF569F" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">County of </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E6AF87E" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CBAE73" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F03FD9" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33CE7260" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1206A12C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subscribed and sworn to me befor this </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="-1212650413"/>
+          <w:id w:val="1876507024"/>
           <w:placeholder>
-            <w:docPart w:val="D39F2B9F3DD64D3B82DCD93312B64024"/>
+            <w:docPart w:val="BF0FC44690394BBA8CD3214772EF2410"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00765500">
-[...47 lines deleted...]
-        <w:t xml:space="preserve">On this the </w:t>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">day of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="-1530337907"/>
+          <w:id w:val="-1674170083"/>
           <w:placeholder>
-            <w:docPart w:val="D39F2B9F3DD64D3B82DCD93312B64024"/>
+            <w:docPart w:val="5D5988B49D3D48678B5C621AFCDCF926"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00765500">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> day of </w:t>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="660824740"/>
+          <w:id w:val="-377086922"/>
           <w:placeholder>
-            <w:docPart w:val="D39F2B9F3DD64D3B82DCD93312B64024"/>
+            <w:docPart w:val="260702C13AE942B99DDEB820F2C95A88"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00765500">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00765500">
-[...65 lines deleted...]
-        <w:t>, known to me or satisfactorily proven to be the person whose name is subscribed to the foregoing instrument and acknowledged that she executed the same for the purposes therein contained.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, South Dakota.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC2728D" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="2361D5B9" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B50F1A5" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B53462B" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B7C9F1" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CB1929" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F91286B" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...167 lines deleted...]
-    <w:p w14:paraId="76726799" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="4EC84146" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="737D014E" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DFD5A23" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="1DA7F63D" w14:textId="77777777" w:rsidR="001050E7" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00765500">
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In witness whereof, I hereunto set my hand and official seal.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B77A671" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="4F9E4106" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5838F997" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="05316C3C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CCC0D12" w14:textId="77777777" w:rsidR="001273FA" w:rsidRDefault="001273FA" w:rsidP="001273FA">
-[...56 lines deleted...]
-    <w:p w14:paraId="2DFCC990" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="5411E03C" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="5130"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5040" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="43C2081E" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="05728DDD" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55CD65AA" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4CD43E9B" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="70A38EDC" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="53DBCCA4" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05BE4D2E" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="16B90AB0" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765500">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>Notary Public, State of South Dakota</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DAC941E" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
+    <w:p w14:paraId="32468D17" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="00765500" w:rsidRDefault="001050E7" w:rsidP="001050E7">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765500">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(SEAL)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5040" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2349"/>
         <w:gridCol w:w="1971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001273FA" w:rsidRPr="00765500" w14:paraId="44147C7D" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001050E7" w:rsidRPr="00765500" w14:paraId="55B5DCA0" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70BB2906" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="004759C9" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="579F7934" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="004759C9" w:rsidRDefault="001050E7" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004759C9">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>My Commission Expires:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="0"/>
             </w:rPr>
             <w:id w:val="1056057496"/>
             <w:placeholder>
-              <w:docPart w:val="380B738B55E94D508572DB946FE4A186"/>
+              <w:docPart w:val="47405309B459445189CC580A03B4FEB9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2025-07-03T00:00:00Z">
               <w:dateFormat w:val="M/d/yyyy"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2571" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5721BB1F" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="004759C9" w:rsidRDefault="001273FA" w:rsidP="00FA6B4C">
+              <w:p w14:paraId="1BF9B588" w14:textId="77777777" w:rsidR="001050E7" w:rsidRPr="004759C9" w:rsidRDefault="001050E7" w:rsidP="007224C3">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:overflowPunct w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="10"/>
                   <w:textAlignment w:val="baseline"/>
                   <w:rPr>
                     <w:noProof/>
                     <w:kern w:val="0"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F6774D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Calibri"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60F89449" w14:textId="77777777" w:rsidR="001273FA" w:rsidRPr="00765500" w:rsidRDefault="001273FA" w:rsidP="001273FA">
-[...24 lines deleted...]
-    <w:p w14:paraId="4BEEF530" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
+    <w:p w14:paraId="740648C5" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
     <w:sectPr w:rsidR="00605A75">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...162 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001273FA"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsidRoot w:val="001050E7"/>
+    <w:rsid w:val="001050E7"/>
     <w:rsid w:val="00605A75"/>
-    <w:rsid w:val="007C0D2F"/>
-    <w:rsid w:val="00E30E29"/>
     <w:rsid w:val="00ED31F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3C2989D4"/>
+  <w14:docId w14:val="3B4F08E3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{52CEBE56-07FD-481C-AB09-5FF2B5BE434D}"/>
+  <w15:docId w15:val="{2A769092-CDC1-459E-AEEC-973E526F74D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2614,1006 +2351,1063 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:spacing w:after="11" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001273FA"/>
+    <w:rsid w:val="001050E7"/>
     <w:rPr>
       <w:color w:val="666666"/>
-    </w:rPr>
-[...54 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CB5AF758FD754768941E2C2C879FEB1B"/>
+        <w:name w:val="68446FE9F12441A5B073FB6F72605D3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CA4ABA44-D45D-4BE8-9879-B7B91979E093}"/>
+        <w:guid w:val="{D814CA4F-4893-445B-8A78-DB558E420C13}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="CB5AF758FD754768941E2C2C879FEB1B"/>
+            <w:pStyle w:val="68446FE9F12441A5B073FB6F72605D3E"/>
           </w:pPr>
           <w:r w:rsidRPr="004101A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="464709E2383248198D9C78D95248296A"/>
+        <w:name w:val="D217FC80A41845D18A8ACB4E39B42470"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3395A8D8-A93A-476D-B1EA-66081EF3F276}"/>
+        <w:guid w:val="{C104C8AF-D903-4007-94BC-70ACEFC2A48A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="464709E2383248198D9C78D95248296A"/>
+            <w:pStyle w:val="D217FC80A41845D18A8ACB4E39B42470"/>
           </w:pPr>
           <w:r w:rsidRPr="00CA37D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FE051ECE8FD44B0EA7538A9E89D4109B"/>
+        <w:name w:val="64BB740CC5A3451AB3F9F2F33EEC0D1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{00006B80-BB74-486C-A6D4-CADE235E8F46}"/>
+        <w:guid w:val="{5C79AEA9-CA2E-4FCF-82CD-B028D898B450}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="FE051ECE8FD44B0EA7538A9E89D4109B"/>
+            <w:pStyle w:val="64BB740CC5A3451AB3F9F2F33EEC0D1D"/>
           </w:pPr>
           <w:r w:rsidRPr="00F6774D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="541ED44532764C4AAD3A0050EE929788"/>
+        <w:name w:val="CC3E52855AAE4580BA5B382122833089"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{142C50DA-17CF-480E-A474-71DF46CDF15E}"/>
+        <w:guid w:val="{E7D09A2D-4544-488A-A193-0605939F6705}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="541ED44532764C4AAD3A0050EE929788"/>
+            <w:pStyle w:val="CC3E52855AAE4580BA5B382122833089"/>
           </w:pPr>
           <w:r w:rsidRPr="004101A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3949B5540F944826BAE5D2F2801E1DD2"/>
+        <w:name w:val="C5B709F7CC3D4E0D82E42F69196D276F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D3739FBD-69CD-47EC-B686-C216EA10F747}"/>
+        <w:guid w:val="{D2041BB4-A3C6-4279-9E66-B6CC127A8410}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="3949B5540F944826BAE5D2F2801E1DD2"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="D39F2B9F3DD64D3B82DCD93312B64024"/>
+            <w:pStyle w:val="C5B709F7CC3D4E0D82E42F69196D276F"/>
           </w:pPr>
           <w:r w:rsidRPr="004101A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="380B738B55E94D508572DB946FE4A186"/>
+        <w:name w:val="840106C8D9684C96BDB2D84A5A34E701"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B7DC2FBC-EB48-4278-9F37-2FA432907F31}"/>
+        <w:guid w:val="{6D952DC9-96A8-457C-ADD6-A860C1781001}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0050492F" w:rsidRDefault="00BE53D4" w:rsidP="00BE53D4">
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
           <w:pPr>
-            <w:pStyle w:val="380B738B55E94D508572DB946FE4A186"/>
+            <w:pStyle w:val="840106C8D9684C96BDB2D84A5A34E701"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004101A8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E1DE50DF64CF4BADA8749C7A809408D9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{17295037-74D6-4EBA-BB85-C521896D63A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
+          <w:pPr>
+            <w:pStyle w:val="E1DE50DF64CF4BADA8749C7A809408D9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004101A8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BF0FC44690394BBA8CD3214772EF2410"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{903D9043-F2E2-4C7A-B9E5-582D87A076B1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
+          <w:pPr>
+            <w:pStyle w:val="BF0FC44690394BBA8CD3214772EF2410"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004101A8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5D5988B49D3D48678B5C621AFCDCF926"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D8BB811A-78F8-4BFC-807B-5774FCF1B28C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
+          <w:pPr>
+            <w:pStyle w:val="5D5988B49D3D48678B5C621AFCDCF926"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004101A8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="260702C13AE942B99DDEB820F2C95A88"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EBC5D61D-BC81-4351-B378-A38A9A58CD6C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
+          <w:pPr>
+            <w:pStyle w:val="260702C13AE942B99DDEB820F2C95A88"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004101A8">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47405309B459445189CC580A03B4FEB9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3C0AE378-8BDD-47F4-9214-1209F3CD4D19}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="0011055E" w:rsidP="0011055E">
+          <w:pPr>
+            <w:pStyle w:val="47405309B459445189CC580A03B4FEB9"/>
           </w:pPr>
           <w:r w:rsidRPr="00F6774D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE53D4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BE53D4"/>
+    <w:rsidRoot w:val="0011055E"/>
+    <w:rsid w:val="0011055E"/>
+    <w:rsid w:val="007A7DAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4001,85 +3795,101 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BE53D4"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00BE53D4"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68446FE9F12441A5B073FB6F72605D3E">
+    <w:name w:val="68446FE9F12441A5B073FB6F72605D3E"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D217FC80A41845D18A8ACB4E39B42470">
+    <w:name w:val="D217FC80A41845D18A8ACB4E39B42470"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="64BB740CC5A3451AB3F9F2F33EEC0D1D">
+    <w:name w:val="64BB740CC5A3451AB3F9F2F33EEC0D1D"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC3E52855AAE4580BA5B382122833089">
+    <w:name w:val="CC3E52855AAE4580BA5B382122833089"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5B709F7CC3D4E0D82E42F69196D276F">
+    <w:name w:val="C5B709F7CC3D4E0D82E42F69196D276F"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="840106C8D9684C96BDB2D84A5A34E701">
+    <w:name w:val="840106C8D9684C96BDB2D84A5A34E701"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1DE50DF64CF4BADA8749C7A809408D9">
+    <w:name w:val="E1DE50DF64CF4BADA8749C7A809408D9"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF0FC44690394BBA8CD3214772EF2410">
+    <w:name w:val="BF0FC44690394BBA8CD3214772EF2410"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D5988B49D3D48678B5C621AFCDCF926">
+    <w:name w:val="5D5988B49D3D48678B5C621AFCDCF926"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="260702C13AE942B99DDEB820F2C95A88">
+    <w:name w:val="260702C13AE942B99DDEB820F2C95A88"/>
+    <w:rsid w:val="0011055E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47405309B459445189CC580A03B4FEB9">
+    <w:name w:val="47405309B459445189CC580A03B4FEB9"/>
+    <w:rsid w:val="0011055E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4341,54 +4151,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>231</Words>
-  <Characters>1323</Characters>
+  <Words>227</Words>
+  <Characters>1294</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1551</CharactersWithSpaces>
+  <CharactersWithSpaces>1518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Undeberg, Paige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>