--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1,2189 +1,2299 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-24"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4950"/>
         <w:gridCol w:w="4950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C3704" w14:paraId="221DCBA4" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001A60A3" w14:paraId="181A4BBA" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="903"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08607C4D" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1295A346" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk204249395"/>
             <w:r>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>STATE OF SOUTH DAKOTA:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="788D421A" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="11A580C9" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1515" w:right="-106"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>SS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2DDF1F" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="154A5605" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">COUNTY OF  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="961624534"/>
                 <w:placeholder>
-                  <w:docPart w:val="78FC414A211C4A058438F1ACC0EF3D3D"/>
+                  <w:docPart w:val="0FAFEB2416E840089AC62EC663A9D08D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="004101A8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20D595E2" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5FD2BDBB" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IN CIRCUIT COURT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CE3CEFA" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="32C58673" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A88186D" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5EC3C99C" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="SEVENTH"/>
                 <w:tag w:val="FIFTH"/>
                 <w:id w:val="219328622"/>
                 <w:placeholder>
-                  <w:docPart w:val="289668C91C8A42BB8556605EE1EFCF3D"/>
+                  <w:docPart w:val="4C37F2AD470C429DA99C9700478CB8EA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="FIRST" w:value="FIRST"/>
                   <w:listItem w:displayText="SECOND" w:value="SECOND"/>
                   <w:listItem w:displayText="THIRD" w:value="THIRD"/>
                   <w:listItem w:displayText="FOURTH" w:value="FOURTH"/>
                   <w:listItem w:displayText="FIFTH" w:value="FIFTH"/>
                   <w:listItem w:displayText="SIXTH" w:value="SIXTH"/>
                   <w:listItem w:displayText="SEVENTH" w:value="SEVENTH"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="003C3704" w:rsidRPr="00CA37D1">
+                <w:r w:rsidRPr="00CA37D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003C3704">
+            <w:r>
               <w:t xml:space="preserve"> JUDICIAL CIRCUIT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C3704" w:rsidRPr="00765500" w14:paraId="05F41A6C" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001A60A3" w:rsidRPr="00765500" w14:paraId="76E79DA7" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="2357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C1A1556" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="43D7E12F" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="75"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FB17E60" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4BE68DE8" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-107" w:right="75"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>IN THE MATTER OF THE GUARDIANSHIP OF</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="174A05B7" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="66DEE235" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="70" w:hanging="17"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DC9F2FC" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0F98FECC" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="70" w:hanging="17"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="666666"/>
               </w:rPr>
               <w:t>Click or tap here to enter text.</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="177B5530" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7B738F07" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="70" w:hanging="17"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Minor Child.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="717FC948" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1B430538" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1530" w:right="720" w:hanging="720"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E59CDDC" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="752BEA9D" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-105" w:right="-105" w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="663B50C1" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="30D48EDC" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-105" w:right="-105" w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">File No. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="666666"/>
               </w:rPr>
               <w:t>Click or tap here to enter text.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C95E22B" w14:textId="77777777" w:rsidR="003C3704" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="65795148" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D124E3B" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="0030450F" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7A301C4E" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="0030450F" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-107"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="725019A1" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00765500" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="22BAE4C8" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="00765500" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104" w:right="-105"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="OAG"/>
             <w:r w:rsidRPr="00F6756A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>ORDER APPOINTING GUARDIANS</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6D1DF052" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="2E97F712" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The Petition for Appointment of Guardians for </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1531026124"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00302864">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DOB:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="461470240"/>
           <w:placeholder>
-            <w:docPart w:val="4B90C37BAAA849178AE3282B119BC1EB"/>
+            <w:docPart w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2025-07-04T00:00:00Z">
             <w:dateFormat w:val="mM/dd/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00302864">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">minor child, being presented to the Court on </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1135026091"/>
           <w:placeholder>
-            <w:docPart w:val="4B90C37BAAA849178AE3282B119BC1EB"/>
+            <w:docPart w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2025-07-09T00:00:00Z">
             <w:dateFormat w:val="MMMM. dd. yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1757015010"/>
           <w:placeholder>
-            <w:docPart w:val="4B90C37BAAA849178AE3282B119BC1EB"/>
+            <w:docPart w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date w:fullDate="2025-07-16T08:00:00Z">
             <w:dateFormat w:val="hh:mm"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:alias w:val="a.m"/>
           <w:tag w:val="a.m"/>
           <w:id w:val="-1472895289"/>
           <w:placeholder>
-            <w:docPart w:val="B9D82E119F9F470DBF2702FC05162F4E"/>
+            <w:docPart w:val="DC603F05551A48D9B953DE53E7496824"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="p.m" w:value="p.m"/>
             <w:listItem w:displayText="a.m" w:value="a.m"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">., the Petitioners, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="497460452"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00302864">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="366957946"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, appearing in person; the minor child not appearing in person and represented by his/her attorney, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1577980953"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>; the Court, having reviewed the files and records herein, and being fully informed of the premises, makes the following findings and conclusions of law:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309978B8" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="16EE3A7E" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice has been given as required by law or determined to be waived by this Court in the best interests of the minor child.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB8F94C" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="4C46BC27" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The guardianship is necessary to provide fully for the minor child.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754092E7" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="50AD0FD7" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The guardianship is necessary to protect the minor child from neglect or abuse, and there are no less-restrictive alternatives. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49508DE5" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="00000000" w:rsidP="003C3704">
+    <w:p w14:paraId="1A45859F" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1899010688"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="003C3704" w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C3704">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">and </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1876734352"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="003C3704" w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C3704" w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> have completed the training curricula prepared and approved by the State Bar of South Dakota and have provided proof of the same to the Court.</w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have completed the training curricula prepared and approved by the State Bar of South Dakota and have provided proof of the same to the Court</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>or the guardian has completed an expedited assessment through the Department of Social Services, Child Protective Services, to be approved placement and kinship licensed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32606C46" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="00000000" w:rsidP="003C3704">
+    <w:p w14:paraId="7823E86B" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="477805911"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="003C3704" w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C3704">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">and </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1417520080"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="003C3704" w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C3704">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suitable and qualified persons to serve as Guardians of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1070774931"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="003C3704" w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C3704" w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, minor child; now, therefore, it is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="003C3704" w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>hereby</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="38268A5A" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="149851E7" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">ORDERED, that pursuant to SDCL 29A-5-201, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1991241752"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
+      <w:r w:rsidRPr="009E68AC">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1627540600"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are hereby appointed the Guardians of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="874665722"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...78 lines deleted...]
-        <w:t xml:space="preserve">as they filed their Acceptance of Office prior to this hearing; it is further </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, minor child, without bond.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39967F21" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="328AB64D" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ORDERED, that the Guardians shall have authority to make decisions regarding </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ORDERED, that Letters of Guardianship shall be issued to </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="1412436094"/>
+          <w:id w:val="855765017"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> support, care, health, habilitation, therapeutic treatment, and if not inconsistent with an order of commitment or custody, determine the residential placement of the minor child.  The Guardians shall maintain sufficient contact with the minor child to know of the minor child’s capabilities, limitations, needs, and opportunities.  The Guardians shall, to the extent known, consider the express desires and personal values of the minor child when making decisions, and shall otherwise act in the minor child’s best interests and exercise reasonable care, diligence, and prudence; it is </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-941532409"/>
+          <w:placeholder>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009E68AC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as they filed their Acceptance of Office prior to this hearing; it is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>further</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D97E60F" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="0E808855" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ORDERED, that the Guardians, </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORDERED, that the Guardians shall have authority to make decisions regarding </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="69854991"/>
+          <w:id w:val="1412436094"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...10 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support, care, health, habilitation, therapeutic treatment, and if not inconsistent with an order of commitment or custody, determine the residential placement of the minor child.  The Guardians shall maintain sufficient contact with the minor child to know of the minor child’s capabilities, limitations, needs, and opportunities.  The Guardians shall, to the extent known, consider the express desires and personal values of the minor child when making decisions, and shall otherwise act in the minor child’s best interests and exercise reasonable care, diligence, and prudence; it is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>further</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...71 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2761BBD2" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="73FAEEFB" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ORDERED, that no annual reporting or accounting is required; and it is </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORDERED, that the Guardians, </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="69854991"/>
+          <w:placeholder>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009E68AC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-1959711259"/>
+          <w:placeholder>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009E68AC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, will have full legal and physical custody of </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="1493296254"/>
+          <w:placeholder>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009E68AC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; it is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>further</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6B6F301E" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="7CAF05AC" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...26 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORDERED, that no annual accounting is required; and it is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>further</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6179864D" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
-[...47 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORDERED, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that the guardian shall present an annual report to the Court within sixty (60) days following the anniversary of the appointment or on a calendar-year basis no later than April 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of each year thereafter; and it is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>further</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2395DE05" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="0E222AB1" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORDERED, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E68AC">
+        <w:t>that this matter shall be brought back to a court having jurisdiction over the guardianship for any hearing on modification or dissolution of the guardianship, and notice shall be provided to the Department of Social Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCC7F4C" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Dated this </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-2114666151"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1610506053"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-144210368"/>
           <w:placeholder>
-            <w:docPart w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:docPart w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="009677D7">
+          <w:r w:rsidRPr="009E68AC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477327AE" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="733C6CE2" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="4500"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>BY THE COURT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C60B17" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="003C3704">
+    <w:p w14:paraId="702A17FA" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00302864">
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="009E68AC">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5220" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C3704" w:rsidRPr="00302864" w14:paraId="7D3C78FE" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001A60A3" w:rsidRPr="009E68AC" w14:paraId="47F9F795" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4361" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73A432C4" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="19E6D805" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C3704" w:rsidRPr="00302864" w14:paraId="1229A18E" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001A60A3" w:rsidRPr="009E68AC" w14:paraId="04D57FD5" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13FAA8C7" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5B9BD8B5" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6756A">
+            <w:r w:rsidRPr="009E68AC">
               <w:rPr>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Honorable</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Honorable </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:kern w:val="0"/>
-                  <w:sz w:val="26"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1693604725"/>
                 <w:placeholder>
-                  <w:docPart w:val="C4C81DDBD5B447DB97730887EA051A66"/>
+                  <w:docPart w:val="4DE9A5A2C3BD493E8B267C9945291A9F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00F6774D">
+                <w:r w:rsidRPr="009E68AC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C3704" w:rsidRPr="00302864" w14:paraId="1DB780B0" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="001A60A3" w:rsidRPr="009E68AC" w14:paraId="46F28C72" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4361" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62276E18" w14:textId="77777777" w:rsidR="003C3704" w:rsidRPr="00302864" w:rsidRDefault="003C3704" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0D95CD52" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="007224C3">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E68AC">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ju</w:t>
+              <w:t>Judicial Circuit Court</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F6756A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F6756A">
+            <w:r w:rsidRPr="009E68AC">
               <w:rPr>
                 <w:kern w:val="0"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Judge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="534FDAA2" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
+    <w:p w14:paraId="6202BA18" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRPr="009E68AC" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688C113D" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
     <w:sectPr w:rsidR="00605A75">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B38D92F" w14:textId="77777777" w:rsidR="00B054C9" w:rsidRDefault="00B054C9" w:rsidP="00713A82">
+    <w:p w14:paraId="0FAF5257" w14:textId="77777777" w:rsidR="007E4989" w:rsidRDefault="007E4989" w:rsidP="001A60A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CE68A95" w14:textId="77777777" w:rsidR="00B054C9" w:rsidRDefault="00B054C9" w:rsidP="00713A82">
+    <w:p w14:paraId="33CB80C0" w14:textId="77777777" w:rsidR="007E4989" w:rsidRDefault="007E4989" w:rsidP="001A60A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="215E013D" w14:textId="77777777" w:rsidR="00713A82" w:rsidRDefault="00713A82">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3A1B8087" w14:textId="316769B6" w:rsidR="001A60A3" w:rsidRDefault="001A60A3" w:rsidP="001A60A3">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="270"/>
+        <w:tab w:val="center" w:pos="5205"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
+    <w:r w:rsidRPr="004A0118">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Guardianship:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Order of Appointing Guardians</w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="004D52C8">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="004D52C8">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="004D52C8">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>192</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004D52C8">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="004D52C8">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>of 2</w:t>
+    </w:r>
   </w:p>
-</w:ftr>
-[...88 lines deleted...]
-  <w:p w14:paraId="01473717" w14:textId="77777777" w:rsidR="00713A82" w:rsidRDefault="00713A82">
+  <w:p w14:paraId="2D856299" w14:textId="77777777" w:rsidR="001A60A3" w:rsidRDefault="001A60A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78F2D87C" w14:textId="77777777" w:rsidR="00B054C9" w:rsidRDefault="00B054C9" w:rsidP="00713A82">
+    <w:p w14:paraId="495F0BF0" w14:textId="77777777" w:rsidR="007E4989" w:rsidRDefault="007E4989" w:rsidP="001A60A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EC856E1" w14:textId="77777777" w:rsidR="00B054C9" w:rsidRDefault="00B054C9" w:rsidP="00713A82">
+    <w:p w14:paraId="375D64E7" w14:textId="77777777" w:rsidR="007E4989" w:rsidRDefault="007E4989" w:rsidP="001A60A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32506D2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7CA4488"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2236,110 +2346,109 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="620380962">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003C3704"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsidRoot w:val="001A60A3"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rsid w:val="00605A75"/>
-    <w:rsid w:val="00713A82"/>
-    <w:rsid w:val="00B054C9"/>
+    <w:rsid w:val="007E4989"/>
     <w:rsid w:val="00ED31F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2CEADB3C"/>
+  <w14:docId w14:val="653B7A0A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F3FE6804-8DE0-4E61-B69E-90DACEA31378}"/>
+  <w15:docId w15:val="{EC7EC8E1-C2C7-4C78-A7DA-D86BBD86B430}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2694,933 +2803,936 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:spacing w:after="11" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C3704"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00713A82"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00713A82"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00713A82"/>
+    <w:rsid w:val="001A60A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00713A82"/>
+    <w:rsid w:val="001A60A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="78FC414A211C4A058438F1ACC0EF3D3D"/>
+        <w:name w:val="0FAFEB2416E840089AC62EC663A9D08D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{785B6438-F03F-487C-BFFF-B10E267EC37C}"/>
+        <w:guid w:val="{2A176C8B-A5CF-469F-9F6E-14ED8AFF1305}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="78FC414A211C4A058438F1ACC0EF3D3D"/>
+            <w:pStyle w:val="0FAFEB2416E840089AC62EC663A9D08D"/>
           </w:pPr>
           <w:r w:rsidRPr="004101A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="289668C91C8A42BB8556605EE1EFCF3D"/>
+        <w:name w:val="4C37F2AD470C429DA99C9700478CB8EA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9DFE5202-41EB-47D5-878F-E5A6AC2B9129}"/>
+        <w:guid w:val="{75ED08E0-A0CD-419C-AF45-EF7A33DB0A56}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="289668C91C8A42BB8556605EE1EFCF3D"/>
+            <w:pStyle w:val="4C37F2AD470C429DA99C9700478CB8EA"/>
           </w:pPr>
           <w:r w:rsidRPr="00CA37D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+        <w:name w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{596288AD-A68A-4E16-AFC4-68BDE00B31CA}"/>
+        <w:guid w:val="{AC4E8EFC-FE5E-4C21-AB4F-A4DAA0FE86D8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="FF906A9882544AC79D8EAEA3CF2A4344"/>
+            <w:pStyle w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
           </w:pPr>
           <w:r w:rsidRPr="009677D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4B90C37BAAA849178AE3282B119BC1EB"/>
+        <w:name w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A3A698D6-636F-4E24-A3A1-23DA1CB2C74D}"/>
+        <w:guid w:val="{D36E225E-47BC-4A67-BEA0-93530CC6BEDE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="4B90C37BAAA849178AE3282B119BC1EB"/>
+            <w:pStyle w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
           </w:pPr>
           <w:r w:rsidRPr="009677D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B9D82E119F9F470DBF2702FC05162F4E"/>
+        <w:name w:val="DC603F05551A48D9B953DE53E7496824"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{664EDA02-278E-416B-B0D2-D630B9C5A778}"/>
+        <w:guid w:val="{62664C8C-D0B5-4C05-86EB-C8FC2D538454}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="B9D82E119F9F470DBF2702FC05162F4E"/>
+            <w:pStyle w:val="DC603F05551A48D9B953DE53E7496824"/>
           </w:pPr>
           <w:r w:rsidRPr="009677D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C4C81DDBD5B447DB97730887EA051A66"/>
+        <w:name w:val="4DE9A5A2C3BD493E8B267C9945291A9F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6D48A7A6-C177-4170-8101-E2B63B3352CB}"/>
+        <w:guid w:val="{3A505FD8-9D0F-477B-8090-71405AEA87A4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003801F8" w:rsidRDefault="00C6473C" w:rsidP="00C6473C">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00722560" w:rsidP="00722560">
           <w:pPr>
-            <w:pStyle w:val="C4C81DDBD5B447DB97730887EA051A66"/>
+            <w:pStyle w:val="4DE9A5A2C3BD493E8B267C9945291A9F"/>
           </w:pPr>
           <w:r w:rsidRPr="00F6774D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C6473C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E7472D"/>
+    <w:rsidRoot w:val="00722560"/>
+    <w:rsid w:val="00160D68"/>
+    <w:rsid w:val="00722560"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4008,81 +4120,81 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C6473C"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00C6473C"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FAFEB2416E840089AC62EC663A9D08D">
+    <w:name w:val="0FAFEB2416E840089AC62EC663A9D08D"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C37F2AD470C429DA99C9700478CB8EA">
+    <w:name w:val="4C37F2AD470C429DA99C9700478CB8EA"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF6A4FF7370646CC981538DBF5336E3C">
+    <w:name w:val="FF6A4FF7370646CC981538DBF5336E3C"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0677FCCF58BE414F8DCEFA55F51DBB9E">
+    <w:name w:val="0677FCCF58BE414F8DCEFA55F51DBB9E"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC603F05551A48D9B953DE53E7496824">
+    <w:name w:val="DC603F05551A48D9B953DE53E7496824"/>
+    <w:rsid w:val="00722560"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4DE9A5A2C3BD493E8B267C9945291A9F">
+    <w:name w:val="4DE9A5A2C3BD493E8B267C9945291A9F"/>
+    <w:rsid w:val="00722560"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4343,55 +4455,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2997</Characters>
+  <Pages>2</Pages>
+  <Words>587</Words>
+  <Characters>3350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3515</CharactersWithSpaces>
+  <CharactersWithSpaces>3930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Undeberg, Paige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>