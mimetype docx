--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1,1326 +1,1172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-224"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4950"/>
         <w:gridCol w:w="4950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w14:paraId="3EA3BD4A" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w14:paraId="17959C5E" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="811"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E1D98A2" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6BA1F59D" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>STATE OF SOUTH DAKOTA:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50757B62" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3F587701" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1515" w:right="-106"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>SS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460B343F" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3FDA3BA7" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve">COUNTY OF  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-329525263"/>
                 <w:placeholder>
-                  <w:docPart w:val="F5EF94F4B9E549A4B6C949E4C203B2CB"/>
+                  <w:docPart w:val="8AEC7B5D70234790A29F5F365EC62AAA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36E01FF7" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="322F4ACA" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>IN CIRCUIT COURT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F3720B8" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5B54E80B" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10EF1275" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6356E4D5" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="SEVENTH"/>
                 <w:tag w:val="FIFTH"/>
                 <w:id w:val="-1736311908"/>
                 <w:placeholder>
-                  <w:docPart w:val="785904E7AEB541ED8276BD8726ABAF1E"/>
+                  <w:docPart w:val="E74976402FA34AF7AAAB8B128C523A6C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="FIRST" w:value="FIRST"/>
                   <w:listItem w:displayText="SECOND" w:value="SECOND"/>
                   <w:listItem w:displayText="THIRD" w:value="THIRD"/>
                   <w:listItem w:displayText="FOURTH" w:value="FOURTH"/>
                   <w:listItem w:displayText="FIFTH" w:value="FIFTH"/>
                   <w:listItem w:displayText="SIXTH" w:value="SIXTH"/>
                   <w:listItem w:displayText="SEVENTH" w:value="SEVENTH"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+                <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+            <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve">  JUDICIAL CIRCUIT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w14:paraId="7C011C53" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w14:paraId="44E28BE8" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="3445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AA18EDC" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="619C8595" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="71" w:right="720" w:hanging="26"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12F252A2" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4CBD9140" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="71" w:hanging="26"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>THE PEOPLE OF THE STATE OF SOUTH DAKOTA IN THE INTEREST OF,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7558D9FB" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1F7A2236" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CAF56CF" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2B7F42EA" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-99112700"/>
                 <w:placeholder>
-                  <w:docPart w:val="5830F9061D89422F8536F74748A16544"/>
+                  <w:docPart w:val="989CD42DC34E4B928FA1AC2605852647"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+                <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+            <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+            <w:r w:rsidRPr="00902AA2">
               <w:t>(DOB:</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1606924097"/>
                 <w:placeholder>
-                  <w:docPart w:val="09CD4DACDCC84D6CA5E86937DE0B3F10"/>
+                  <w:docPart w:val="C7B9C76D921C4F18B95844AB29649E36"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="mM/dd/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+                <w:r w:rsidRPr="00902AA2">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+            <w:r w:rsidRPr="00902AA2">
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DA2414E" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4C36E7EB" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="720" w:hanging="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve">Child(ren), and </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>concerning</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="74B01BC8" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="716C0533" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="720" w:hanging="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2326CEAE" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00902AA2" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="581065C5" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00902AA2" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="75" w:hanging="11"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1720428910"/>
                 <w:placeholder>
-                  <w:docPart w:val="5830F9061D89422F8536F74748A16544"/>
+                  <w:docPart w:val="989CD42DC34E4B928FA1AC2605852647"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+                <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+            <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+            <w:r w:rsidRPr="00902AA2">
               <w:t>(DOB:</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1912112655"/>
                 <w:placeholder>
-                  <w:docPart w:val="09CD4DACDCC84D6CA5E86937DE0B3F10"/>
+                  <w:docPart w:val="C7B9C76D921C4F18B95844AB29649E36"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="mM/dd/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+                <w:r w:rsidRPr="00902AA2">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00902AA2">
+            <w:r w:rsidRPr="00902AA2">
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22D3A8FA" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="081D144E" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="75" w:hanging="11"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1408413181"/>
                 <w:placeholder>
-                  <w:docPart w:val="5830F9061D89422F8536F74748A16544"/>
+                  <w:docPart w:val="989CD42DC34E4B928FA1AC2605852647"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00902AA2">
               <w:t>(DOB:</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="388690672"/>
                 <w:placeholder>
-                  <w:docPart w:val="09CD4DACDCC84D6CA5E86937DE0B3F10"/>
+                  <w:docPart w:val="C7B9C76D921C4F18B95844AB29649E36"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="mM/dd/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00902AA2">
                   <w:rPr>
                     <w:color w:val="666666"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2D064867" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5EA0B0BA" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="75" w:hanging="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t>Respondent(s)</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1196435176"/>
                 <w:placeholder>
-                  <w:docPart w:val="81EC3A1D34204DD6A5FE86D2ABBBBF51"/>
+                  <w:docPart w:val="F7FAF24DFD0345BBA3152431BF9FF292"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="," w:value=","/>
                   <w:listItem w:displayText="." w:value="."/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Arial Unicode MS"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65145921" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="55A8B8D8" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58AC2C4A" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="44C8182D" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="65" w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="602C02E6" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4B544ACB" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65" w:hanging="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="666666"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:t xml:space="preserve">File No. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-606961827"/>
                 <w:placeholder>
-                  <w:docPart w:val="9690C2A17B4146CB98B05EF0B68A4B51"/>
+                  <w:docPart w:val="EBF12D252F714020B8D65F7092C3BFA3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BA4CE1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1378209A" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7BC61C6B" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02876EC5" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7A3D2A6E" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20B11F3C" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1791BE04" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="460805F5" w14:textId="3FFE3C08" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00895BB1" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4D336343" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">ORDER ON </w:t>
+              <w:t>ORDER</w:t>
             </w:r>
-            <w:r w:rsidR="00E2475A" w:rsidRPr="00BA4CE1">
+            <w:r w:rsidRPr="00BA4CE1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">MOTION TO DROP AND/OR </w:t>
+              <w:t xml:space="preserve"> TO DROP AND/OR </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CD96B96" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="00BA4CE1" w:rsidRDefault="00E2475A" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4773E9F1" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="00BA4CE1" w:rsidRDefault="008A6801" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="65"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4CE1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ADD PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09198F04" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="421E1674" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="432" w:firstLine="720"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57DECA98" w14:textId="3ED83FEF" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="17502B72" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1202">
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
         <w:t xml:space="preserve">The Court, having received the State’s Motion to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
         <w:t>Drop and/or Add</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1202">
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parties and good cause appearing, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004C1202">
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
         </w:rPr>
         <w:t>hereby</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style2Char"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="190F1126" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="799F7CF1" w14:textId="77777777" w:rsidR="008A6801" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">ORDERS, that </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style2Char"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:id w:val="-1295061458"/>
           <w:placeholder>
-            <w:docPart w:val="117DA2083CE048F2BD9261525C237A2E"/>
+            <w:docPart w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006E40C4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Arial Unicode MS"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1215233565"/>
           <w:placeholder>
-            <w:docPart w:val="8258655C340844C4878086494AAB4BBB"/>
+            <w:docPart w:val="26509AE2CC824AB6BEBFB0FD6FF70F2A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="is" w:value="is"/>
             <w:listItem w:displayText="are" w:value="are"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="004C1202">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> hereby dropped </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="456711248"/>
           <w:placeholder>
-            <w:docPart w:val="68BB33DF20D5412DA5C52AAACEC3CE01"/>
+            <w:docPart w:val="1A6FD5C537C04FD1854D5FAF9B6F0037"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="as a Respondent" w:value="as a Respondent"/>
             <w:listItem w:displayText="as Respondents" w:value="as Respondents"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="004C1202">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> from these proceedings. and further </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72118FCE" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="76892328" w14:textId="77777777" w:rsidR="008A6801" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">ORDERS, that </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style2Char"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:id w:val="-1892257154"/>
           <w:placeholder>
-            <w:docPart w:val="117DA2083CE048F2BD9261525C237A2E"/>
+            <w:docPart w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006E40C4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Arial Unicode MS"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Style2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be added to the caption of these proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C6CA19" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="0616AE3F" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
       <w:r w:rsidRPr="004C1202">
         <w:t>BY THE COURT:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3343E917" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="421AF1F4" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="2F274BFA" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801"/>
+    <w:p w14:paraId="119A8C4A" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801"/>
+    <w:p w14:paraId="7104BDE2" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801"/>
+    <w:p w14:paraId="5DF5807C" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:ind w:left="4320"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1202">
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC0E38D" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="2E4EF8C7" w14:textId="77777777" w:rsidR="008A6801" w:rsidRPr="004C1202" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1202">
         <w:t xml:space="preserve">The Honorable </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-693698646"/>
           <w:placeholder>
-            <w:docPart w:val="117DA2083CE048F2BD9261525C237A2E"/>
+            <w:docPart w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006E40C4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Arial Unicode MS"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68E65DC1" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
+    <w:p w14:paraId="26AABB11" w14:textId="77777777" w:rsidR="008A6801" w:rsidRDefault="008A6801" w:rsidP="008A6801">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="4320"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004C1202">
         <w:t>Circuit Court</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1202">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1202">
         <w:t>Judge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A7A488" w14:textId="77777777" w:rsidR="00E2475A" w:rsidRPr="004C1202" w:rsidRDefault="00E2475A" w:rsidP="00E2475A">
-[...17 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:p w14:paraId="278F9E11" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
+    <w:sectPr w:rsidR="00605A75">
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1170" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AE7CC04" w14:textId="77777777" w:rsidR="000F0252" w:rsidRDefault="000F0252" w:rsidP="002850CE">
+    <w:p w14:paraId="6BB0705A" w14:textId="77777777" w:rsidR="00DC2514" w:rsidRDefault="00DC2514" w:rsidP="008A6801">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2574043B" w14:textId="77777777" w:rsidR="000F0252" w:rsidRDefault="000F0252" w:rsidP="002850CE">
+    <w:p w14:paraId="4020FFE3" w14:textId="77777777" w:rsidR="00DC2514" w:rsidRDefault="00DC2514" w:rsidP="008A6801">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="654E6F02" w14:textId="77777777" w:rsidR="002850CE" w:rsidRDefault="002850CE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6BD3A70C" w14:textId="687951AE" w:rsidR="008A6801" w:rsidRDefault="008A6801" w:rsidP="008A6801">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:ind w:left="0"/>
     </w:pPr>
-  </w:p>
-[...13 lines deleted...]
-    <w:sdtEndPr>
+    <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...101 lines deleted...]
-    </w:pPr>
+      <w:t>Motion/Order to Add/Drop Parties</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                           1 of 1</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37B76B20" w14:textId="77777777" w:rsidR="000F0252" w:rsidRDefault="000F0252" w:rsidP="002850CE">
+    <w:p w14:paraId="263677FC" w14:textId="77777777" w:rsidR="00DC2514" w:rsidRDefault="00DC2514" w:rsidP="008A6801">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C751881" w14:textId="77777777" w:rsidR="000F0252" w:rsidRDefault="000F0252" w:rsidP="002850CE">
+    <w:p w14:paraId="7EB0480A" w14:textId="77777777" w:rsidR="00DC2514" w:rsidRDefault="00DC2514" w:rsidP="008A6801">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E2475A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002850CE"/>
+    <w:rsidRoot w:val="008A6801"/>
     <w:rsid w:val="00605A75"/>
-    <w:rsid w:val="00895BB1"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
+    <w:rsid w:val="00DC2514"/>
     <w:rsid w:val="00ED31F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="26083903"/>
+  <w14:docId w14:val="2FF3A0FE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E71F98BE-D921-4C26-9B68-629FF39F19A5}"/>
+  <w15:docId w15:val="{8CA4A5C7-88B1-4FB7-8C5C-6863B6E6AE21}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1675,1129 +1521,1126 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:spacing w:after="11" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style2"/>
-    <w:rsid w:val="00E2475A"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002850CE"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002850CE"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002850CE"/>
+    <w:rsid w:val="008A6801"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002850CE"/>
+    <w:rsid w:val="008A6801"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F5EF94F4B9E549A4B6C949E4C203B2CB"/>
+        <w:name w:val="8AEC7B5D70234790A29F5F365EC62AAA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{401151AB-84B7-4D82-8D69-80F0D372B7D7}"/>
+        <w:guid w:val="{0C9EEA52-8965-4029-8DAC-BF855CCCF816}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="F5EF94F4B9E549A4B6C949E4C203B2CB"/>
+            <w:pStyle w:val="8AEC7B5D70234790A29F5F365EC62AAA"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="785904E7AEB541ED8276BD8726ABAF1E"/>
+        <w:name w:val="E74976402FA34AF7AAAB8B128C523A6C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{27678142-89F2-4276-ADFE-C2D9CB0C75A4}"/>
+        <w:guid w:val="{FE467A48-28B1-4137-ABEF-FBD0E44F5378}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="785904E7AEB541ED8276BD8726ABAF1E"/>
+            <w:pStyle w:val="E74976402FA34AF7AAAB8B128C523A6C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5830F9061D89422F8536F74748A16544"/>
+        <w:name w:val="989CD42DC34E4B928FA1AC2605852647"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{88F14D59-E4C7-4511-BF4D-2C357F125A8F}"/>
+        <w:guid w:val="{1333EA25-E4D4-45BF-9092-D3ACA5D71F0C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="5830F9061D89422F8536F74748A16544"/>
+            <w:pStyle w:val="989CD42DC34E4B928FA1AC2605852647"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="09CD4DACDCC84D6CA5E86937DE0B3F10"/>
+        <w:name w:val="C7B9C76D921C4F18B95844AB29649E36"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4D6AE915-DAF6-465B-BD8B-26763488234B}"/>
+        <w:guid w:val="{0C33BE04-C024-41EF-9160-EB1F4C7B880D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="09CD4DACDCC84D6CA5E86937DE0B3F10"/>
+            <w:pStyle w:val="C7B9C76D921C4F18B95844AB29649E36"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
               <w:color w:val="666666"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="81EC3A1D34204DD6A5FE86D2ABBBBF51"/>
+        <w:name w:val="F7FAF24DFD0345BBA3152431BF9FF292"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5D661E2B-357F-4A90-9311-16021497382B}"/>
+        <w:guid w:val="{DD6581C0-72A9-4E44-9E25-ADB19F41377F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="81EC3A1D34204DD6A5FE86D2ABBBBF51"/>
+            <w:pStyle w:val="F7FAF24DFD0345BBA3152431BF9FF292"/>
           </w:pPr>
           <w:r w:rsidRPr="006E40C4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9690C2A17B4146CB98B05EF0B68A4B51"/>
+        <w:name w:val="EBF12D252F714020B8D65F7092C3BFA3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0D04782D-6C3D-4E38-AAAF-352F1B232D20}"/>
+        <w:guid w:val="{3A36679E-8DA9-4DA3-AF33-084DCDEF7885}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="9690C2A17B4146CB98B05EF0B68A4B51"/>
+            <w:pStyle w:val="EBF12D252F714020B8D65F7092C3BFA3"/>
           </w:pPr>
           <w:r w:rsidRPr="00530D55">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="117DA2083CE048F2BD9261525C237A2E"/>
+        <w:name w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9F5FDBBA-D9EE-4641-B55C-13859632D256}"/>
+        <w:guid w:val="{7F3CD32B-F660-492D-AB53-34C005EC7C11}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="117DA2083CE048F2BD9261525C237A2E"/>
+            <w:pStyle w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
           </w:pPr>
           <w:r w:rsidRPr="006E40C4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8258655C340844C4878086494AAB4BBB"/>
+        <w:name w:val="26509AE2CC824AB6BEBFB0FD6FF70F2A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1A902023-167E-4E4F-953C-E63835F2ABC4}"/>
+        <w:guid w:val="{17B15C8B-CCB6-41A7-8122-BA771A8A96A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="8258655C340844C4878086494AAB4BBB"/>
+            <w:pStyle w:val="26509AE2CC824AB6BEBFB0FD6FF70F2A"/>
           </w:pPr>
           <w:r w:rsidRPr="004C1202">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="68BB33DF20D5412DA5C52AAACEC3CE01"/>
+        <w:name w:val="1A6FD5C537C04FD1854D5FAF9B6F0037"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9F74D5CD-E218-40CC-9C73-9C8054EF14E2}"/>
+        <w:guid w:val="{F140785A-0B2A-42C7-8B00-EE4A36202B3D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D002DC" w:rsidRDefault="00F95555" w:rsidP="00F95555">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00B6410F" w:rsidP="00B6410F">
           <w:pPr>
-            <w:pStyle w:val="68BB33DF20D5412DA5C52AAACEC3CE01"/>
+            <w:pStyle w:val="1A6FD5C537C04FD1854D5FAF9B6F0037"/>
           </w:pPr>
           <w:r w:rsidRPr="004C1202">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F95555"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F95555"/>
+    <w:rsidRoot w:val="00B6410F"/>
+    <w:rsid w:val="00046965"/>
+    <w:rsid w:val="00B6410F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3180,98 +3023,98 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5EF94F4B9E549A4B6C949E4C203B2CB">
-[...13 lines deleted...]
-    <w:rsid w:val="00F95555"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AEC7B5D70234790A29F5F365EC62AAA">
+    <w:name w:val="8AEC7B5D70234790A29F5F365EC62AAA"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E74976402FA34AF7AAAB8B128C523A6C">
+    <w:name w:val="E74976402FA34AF7AAAB8B128C523A6C"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="989CD42DC34E4B928FA1AC2605852647">
+    <w:name w:val="989CD42DC34E4B928FA1AC2605852647"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7B9C76D921C4F18B95844AB29649E36">
+    <w:name w:val="C7B9C76D921C4F18B95844AB29649E36"/>
+    <w:rsid w:val="00B6410F"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F95555"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F95555"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7FAF24DFD0345BBA3152431BF9FF292">
+    <w:name w:val="F7FAF24DFD0345BBA3152431BF9FF292"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF12D252F714020B8D65F7092C3BFA3">
+    <w:name w:val="EBF12D252F714020B8D65F7092C3BFA3"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6AC4D5F189E44A7ACDE6352FB823C3A">
+    <w:name w:val="E6AC4D5F189E44A7ACDE6352FB823C3A"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26509AE2CC824AB6BEBFB0FD6FF70F2A">
+    <w:name w:val="26509AE2CC824AB6BEBFB0FD6FF70F2A"/>
+    <w:rsid w:val="00B6410F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A6FD5C537C04FD1854D5FAF9B6F0037">
+    <w:name w:val="1A6FD5C537C04FD1854D5FAF9B6F0037"/>
+    <w:rsid w:val="00B6410F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -3533,54 +3376,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>153</Words>
-  <Characters>873</Characters>
+  <Words>151</Words>
+  <Characters>867</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1024</CharactersWithSpaces>
+  <CharactersWithSpaces>1016</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Undeberg, Paige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>