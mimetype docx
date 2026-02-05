--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1,891 +1,945 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-24"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4950"/>
         <w:gridCol w:w="4950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="0AD2C7A8" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="5F129C11" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="1079"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D7530A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="538CEA1A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>STATE OF SOUTH DAKOTA:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7499698A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5FFDBD03" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1515" w:right="-106"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t>SS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C72DB34" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="24490691" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-22" w:right="-106"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t xml:space="preserve">COUNTY OF  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="979032587"/>
                 <w:placeholder>
-                  <w:docPart w:val="EAC56233B27B43A7BAA18484145DAEC6"/>
+                  <w:docPart w:val="A8ED629C91E244E3BC7BC642E9FF8796"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="009F62CE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D502E56" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="208DA06D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t>IN CIRCUIT COURT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="280E67EB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="74502E77" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66" w:hanging="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4BB57192" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="00000000" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="43138643" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-100" w:right="66"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="SEVENTH"/>
                 <w:tag w:val="FIFTH"/>
                 <w:id w:val="1124894147"/>
                 <w:placeholder>
-                  <w:docPart w:val="74BCA334568F4173A9B7203A633A9116"/>
+                  <w:docPart w:val="EFAA523D110E42DBB40C3BF1C5BEAD96"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="FIRST" w:value="FIRST"/>
                   <w:listItem w:displayText="SECOND" w:value="SECOND"/>
                   <w:listItem w:displayText="THIRD" w:value="THIRD"/>
                   <w:listItem w:displayText="FOURTH" w:value="FOURTH"/>
                   <w:listItem w:displayText="FIFTH" w:value="FIFTH"/>
                   <w:listItem w:displayText="SIXTH" w:value="SIXTH"/>
                   <w:listItem w:displayText="SEVENTH" w:value="SEVENTH"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="0057553F" w:rsidRPr="009F62CE">
+                <w:r w:rsidRPr="009F62CE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0057553F" w:rsidRPr="009F62CE">
+            <w:r w:rsidRPr="009F62CE">
               <w:t xml:space="preserve">  JUDICIAL CIRCUIT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="4107A26A" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="0BEE04C3" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="2742"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="534234CC" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="67FA2F4F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="75"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DF05BDD" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="03F5E290" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="75"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t>IN THE MATTER OF THE GUARDIANSHIP OF</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7900FA62" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0B016144" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1530" w:right="720" w:hanging="720"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35927E48" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4EFD34F6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1530" w:right="720" w:hanging="720"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="50037396" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="62E5913D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:color w:val="666666"/>
               </w:rPr>
               <w:t>Click or tap here to enter text.</w:t>
             </w:r>
             <w:r w:rsidRPr="009F62CE">
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F761CC2" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1C01C321" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-17" w:right="70" w:hanging="17"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t>Minor Child.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6139FB18" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0AA78708" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08629F8A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="57F400AB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="14"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:t xml:space="preserve">File No. </w:t>
             </w:r>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:color w:val="666666"/>
               </w:rPr>
               <w:t>Click or tap here to enter text.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A8F201D" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="46CA73E4" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FCFCE1A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5FCCCE83" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1222A5EC" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4F1B6BE1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5644068E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6A066CFA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="PAG"/>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>PETITION FOR APPOINTMENT OF GUARDIANS</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="0ABC5BCB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="138FB5A6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="771A24ED" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+          <w:p w14:paraId="0B385A54" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
+              <w:ind w:left="-104"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67E79701" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="00000000" w:rsidP="0057553F">
+    <w:p w14:paraId="453961D0" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="456A5283" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1180779853"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
-[...111 lines deleted...]
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="1319849110"/>
+          <w:id w:val="1034610539"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Petitioners'</w:t>
+        <w:t>Petitioners</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> post office address and place of residence are </w:t>
+        <w:t xml:space="preserve"> in the above-entitled matter, represent as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEC3F4A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petitioners' names are </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="458226857"/>
+          <w:id w:val="1397170796"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
+            <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="1296874482"/>
+          <w:id w:val="1319849110"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, SD </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Petitioners'</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> post office address and place of residence are </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="-416711848"/>
+          <w:id w:val="458226857"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>.  The relationship to the minor child is that of her maternal grandparents.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:id w:val="994999349"/>
+          <w:id w:val="1296874482"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, SD </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-416711848"/>
+          <w:placeholder>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009F62CE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.  The relationship to the minor child is that of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-511753489"/>
+          <w:placeholder>
+            <w:docPart w:val="170A651E8E804B24AE993F3AA4AA073C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009F62CE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7444A93C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The minor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>child's name is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="994999349"/>
+          <w:placeholder>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009F62CE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DOB:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="442122742"/>
           <w:placeholder>
-            <w:docPart w:val="7BB1E69BA55A4B59925067164B783CB8"/>
+            <w:docPart w:val="A9C11C57DAA74801948D91C414E7357F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="mM/dd/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -903,274 +957,280 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>child's</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> post office address and place of residence are</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="240531573"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1320501061"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, SD </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1083263843"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The minor child has resided with the Petitioners since approximately </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-861202255"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="95219229"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="350612731"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> when the minor child was placed with Petitioners by the South Dakota Department of Social Services through a Present Danger Plan.  </w:t>
+        <w:t xml:space="preserve"> when the minor child was placed with Petitioners by the South Dakota Department of Social Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19807135" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="091D5B36" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F83BACB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="4066231E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA1F4F5" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
-[...9 lines deleted...]
-    <w:p w14:paraId="7F3F348A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="295DFF68" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The names and post office addresses of the spouse, child(ren), parents, and brother(s) and sister(s) of the minor </w:t>
+        <w:t xml:space="preserve">The names and post office addresses of parents, and brother(s) and sister(s) of the minor </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>child</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> or, if none, the minor </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
@@ -1192,1707 +1252,1957 @@
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> nearest known relatives who would be entitled to success by intestate succession of the estate of the minor </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>child is</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9810" w:type="dxa"/>
-        <w:tblInd w:w="270" w:type="dxa"/>
+        <w:tblW w:w="10170" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="326"/>
         <w:gridCol w:w="3994"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="270"/>
-        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="2880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="652F2962" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="6C13725C" w14:textId="77777777" w:rsidTr="00031C82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36CF94A9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="161BF387" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="435"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk203485128"/>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5486DB0E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="495A451B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="548E82C0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="2719E617" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3AD158" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="279CCC8F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7E15C1" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="45605960" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29155F76" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1C518009" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="33FBFD3F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="7DA989AB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="43F55C4D" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="1D267718" w14:textId="77777777" w:rsidTr="00031C82">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A64EBC3" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB547CB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3994" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31901A2D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00490B9D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4F42A8" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BCD87D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC9F0C4" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="5FDF2386" w14:textId="77777777" w:rsidTr="00031C82">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D538A16" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="41171C66" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68E56700" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2EA93AF7" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43AD5240" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2D47DB44" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3946A0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="38B388C2" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F575F1D" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5A925823" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E8A019" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...15 lines deleted...]
-            <w:tcW w:w="2520" w:type="dxa"/>
+          <w:p w14:paraId="3B4C1281" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68529A46" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="706EA5E5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="21491178" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="05C46D89" w14:textId="77777777" w:rsidTr="00031C82">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36E2CCE4" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0E62A3B9" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35DB1547" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="792FB417" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30CC2574" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="361CC5ED" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22C592C2" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="08E1DA69" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="109BD81F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5B84A24B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BEE737" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...15 lines deleted...]
-            <w:tcW w:w="2520" w:type="dxa"/>
+          <w:p w14:paraId="0A530146" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47B90D89" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2D648EBB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="136E9D34" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="45E32856" w14:textId="77777777" w:rsidTr="00031C82">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2FF420" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5BAACCD3" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B526B2" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4280B35D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="459A67E9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5E6DC229" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F91290A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="33BE94C2" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE044D8" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="315DA59A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CBDCEA3" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...15 lines deleted...]
-            <w:tcW w:w="2520" w:type="dxa"/>
+          <w:p w14:paraId="70A6D797" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28AD1796" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4BA9A31B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="425565C1" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="6A5DE148" w14:textId="77777777" w:rsidTr="00031C82">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="159180DA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="368F49CD" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A08DE13" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="320F2028" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3994" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="113C3F32" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="09515A7A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F510ECB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1108B9CA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73B17356" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="16CC2818" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A2922A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...15 lines deleted...]
-            <w:tcW w:w="2520" w:type="dxa"/>
+          <w:p w14:paraId="312ACC8E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCE530F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="51F62107" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="612D67F7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2E987BE5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
+        <w:ind w:left="0" w:right="-720"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25FA5A2E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2AD5D9E2" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The name, place of residence or location, and post office address of the individuals or facility that are responsible for or have assumed responsibility for the care or custody of the minor child are:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="270" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1663"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2420"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="265"/>
+        <w:gridCol w:w="3697"/>
+        <w:gridCol w:w="265"/>
+        <w:gridCol w:w="579"/>
+        <w:gridCol w:w="235"/>
+        <w:gridCol w:w="2398"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="31FCF4A0" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="628DD7DC" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10625C53" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="691476D6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287C85D0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="511FD15F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C26561A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="4CB01D5A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75C1FF9B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1B62D87E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E77C72F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="3A182899" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442122E0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4BDA52B8" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4643CC2F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...5 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="11A42E38" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="3F516487" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="02315B34" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="504177E3" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="769EF1A1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA13087" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4AA89E1B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14CFAEEB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="41C64BF3" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E763B38" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="6F5C7075" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18CAC8FC" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="485327C6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368D25EB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3929A6BB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF46EF4" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0DEE1892" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="7CFBB2DC" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="77417017" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="308A5960" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3A849C47" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4693728B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0C6C2717" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="219E20F4" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2C2458ED" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A62FE0B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="09743F16" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52B8B7D3" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4BA4F14E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1370EC9A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="11CA0DAA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E318657" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0F7ADB72" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="3E2507F6" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="5AEF64F0" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F099A7B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="24760DBB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E784491" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5FF97DA6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36EB2706" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0156246C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7644DB6E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="60BFF1EA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA30B63" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3EB07E11" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF8BBB0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="13E1323D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40455044" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4150FC64" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="23A6F3C4" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="7B6FB739" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAF383E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2D003882" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="360D6E21" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7C84AD96" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C46A608" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="090455F2" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5C43AA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0661E189" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="579CCAE4" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7415F638" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352069AA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0993BE0E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37827A9F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="03EECE5F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-360"/>
+                <w:tab w:val="left" w:pos="-270"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-720" w:right="-810"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56E25D0D" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="07D50610" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="-360"/>
+          <w:tab w:val="left" w:pos="-270"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="-720" w:right="-810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45189410" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="00564E75" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="12564D23" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="00564E75" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The Guardianship is requested pursuant to SDCL 29A-5 et. al. because the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
@@ -2929,164 +3239,174 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>age</w:t>
       </w:r>
       <w:r w:rsidRPr="00564E75">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-167261655"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00564E75">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">) is a vulnerable child unable to protect himself from unsafe situations and the Petitioners believe it would be in the best interests of the minor child to have the Petitioners named as the minor child’s Guardians, as the natural mother and natural father are unable to care for the minor child and the minor child has been in the exclusive care of the Petitioner’s since </w:t>
       </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk220657007"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1294024154"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="009F62CE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00564E75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, 20</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri"/>
+            <w:kern w:val="0"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:id w:val="-1624371857"/>
+          <w:placeholder>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00564E75">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, 20</w:t>
-[...22 lines deleted...]
-      </w:sdt>
+        <w:t xml:space="preserve">with no support from the natural mother and natural </w:t>
+      </w:r>
       <w:r w:rsidRPr="00564E75">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">with no support from the natural mother and natural father. The Petitioners would be appropriate caretakers for the minor child and would serve in the minor child’s best interests.  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">father. The Petitioners would be appropriate caretakers for the minor child and would serve in the minor child’s best interests.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283A635C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="54CCDFDC" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="630285E1" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="52B4E6E5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The names, post office addresses, age, occupation, and relationship to the minor </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>child</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the proposed </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
@@ -3098,2198 +3418,2203 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> are:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9810" w:type="dxa"/>
         <w:tblInd w:w="270" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="2368"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="616"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2258"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="126B4493" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="273D0457" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72D6F12F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="010AAF38" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEFA038" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="11F0AA86" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15E25FD6" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="58CA8C7A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28833FE7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6D7C19B1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E374C5F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4CF29D13" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A79AEFB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1280D2D3" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="693A9E2F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="732491DC" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08D36A76" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5CFCA160" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A7EE3C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="62C7D4D6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupation </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="028CE166" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="7E791062" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38326789" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6ADC34FA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00BACC17" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1CE93D94" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="19342F40" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3AEC19D4" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02057A21" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0EA7A34D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="272AF4BB" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="503066D0" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35FB76A0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6BE508FC" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B02B24E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4C969A11" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="017F11C9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="48A15504" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02DA0F62" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7047684C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="6FC88BDB" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="327DD3EA" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71AFA6E8" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="05768BA5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA30138" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2FD7FF27" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A72BAA7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0C643637" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6F7580" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="7B80948C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14FBB1BA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0ECFC463" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16DDFAB9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="53ADB174" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE84FFD" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="497D7E6A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5751935F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6E678916" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F8F8404" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1503165E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="3360699B" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="07DDBF36" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAA3AE1" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="20378197" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA1C059" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0C733F92" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="745D04D9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3C5A82FB" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8FF5F7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="775FA0D6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40DBC565" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2AAA20CA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A30842A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5BB8A05A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="424B1C3E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="54EC74A9" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56876052" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0E445AAE" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="228715EA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6F576C2C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="2F7027ED" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="3250156F" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14C0309C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="60FD2B65" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C158739" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="6B76A50B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50F1522C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="41A691A7" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54EA523A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2E2E9AD8" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6158A8" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4CF72EE1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D92F9D9" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="41CE427B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A87EB5A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="20D9533C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5C965E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4C5AE383" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A01503E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="55D6F3B4" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CB87AEC" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="45532362" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C50A90B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="21813B33" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">The minor </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>child has</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> no guardian currently acting in this state or elsewhere.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D71E7D5" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="75C8C9C6" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>WHEREFORE, Petitioners pray for the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D7B23E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="32F19E40" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:ind w:left="0" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>That the Court issue an Order setting the time and place for hearing of this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Petition;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EDDC286" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="7A50D7AF" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:ind w:left="0" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C7C6BE3" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="0A6F5DFF" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:ind w:left="0" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>That the Court issue an Order, pursuant to SDCL 29A-5-201, appointing them as Guardians of the minor child without bond and no annual accounting or reporting.</w:t>
+        <w:t>That the Court issue an Order, pursuant to SDCL 29A-5-201, appointing them as Guardians of the minor child without bond and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annual accounting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C43E22B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="5828A869" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63486B74" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
-[...16 lines deleted...]
-    <w:p w14:paraId="6C4F2731" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2AD1B85C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-720" w:firstLine="720"/>
+        <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Dated this </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-2126992828"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-1222821249"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1828781556"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339F6BC7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="4A9A70B2" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="5310"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>PETITIONER:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5310" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="5B47CB6C" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="7F5478E4" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05F67734" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="21E23D40" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1779"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="686B2D54" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="5B544671" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C53DDA6" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="66AECF51" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="69A7F61B" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="0AB715E8" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B6CB73" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4B1F4C18" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Street Address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="776DC7CB" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="43F41770" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B996969" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="2CD008F3" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(City), SD 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="351AE3DB" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="11952C9C" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4996B141" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0633F045" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="26F440D4" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="15C4335A" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63A408D8" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="22DD103A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0367D03F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="22F2B29A" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40ACC273" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="53BA8C8B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EAC8D25" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="36AE9F17" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CAF9656" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="641A1317" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77274F89" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="575B3C1C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A2322FF" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="621DE772" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71025D96" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="3044E21F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02CD323E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="5DA393B4" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150D139F" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="6766556D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31B67CDA" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="5BE82C29" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40E0899E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="74F2FA82" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="370EC2D0" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2881305C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2790"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716A4CFC" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C547C1B" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="550E9F5F" w14:textId="3F26FC8C" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-90" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009F62CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>State of South Dakota:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6029E9C7" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2D04D229" w14:textId="5AF776E4" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>State of South Dakota:</w:t>
+        <w:t>ss:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FA6C8E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="2CFF2FC9" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...26 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">County of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-238019620"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154DBE8E" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="54D8F109" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2790"/>
           <w:tab w:val="left" w:pos="4770"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62940B7A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="21A3B6E5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">On this the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1401552209"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-529958690"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="792323862"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, before me, the undersigned officer, personally appeared,</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="-898427725"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, known to me or satisfactorily proven to be the person whose name is subscribed to the within instrument and acknowledged that she executed the same for the purposes therein contained.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64892282" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="20AC33C1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BFDB13C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="094A2E4F" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="-90"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>In witness whereof, I hereunto set my hand and official seal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E854D19" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="7DDF5334" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEB8D20" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="7B87EF2B" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6991E4AE" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="28EF3970" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFEE252" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="7C7B380E" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -5297,1575 +5622,836 @@
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3623"/>
         <w:gridCol w:w="5312"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="003E5EC1" w14:paraId="600B42F5" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="003E5EC1" w14:paraId="300E93D1" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="793D27F8" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="003E5EC1" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="1E225E09" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="003E5EC1" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk204689056"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk204689056"/>
             <w:r w:rsidRPr="003E5EC1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Notary Public, State of South Dakota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5991" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A336089" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="003E5EC1" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="277E36F1" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="003E5EC1" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="003E5EC1" w14:paraId="4E72AE64" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="003E5EC1" w14:paraId="3367FCB0" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2B148D04" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="003E5EC1" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="3A4991B7" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="003E5EC1" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="4032"/>
                 <w:tab w:val="left" w:pos="4464"/>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E5EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(SEAL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="2099074D" w14:textId="77777777" w:rsidR="0057553F" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="3755B24C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B9C7B3" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="6DA5D696" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="4585" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2970"/>
         <w:gridCol w:w="1710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="4535DBD2" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="58F5FB18" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="572EF6BE" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="0E26358D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>My Commission Expires:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri"/>
               <w:noProof/>
               <w:kern w:val="0"/>
             </w:rPr>
             <w:id w:val="477030260"/>
             <w:placeholder>
-              <w:docPart w:val="7BB1E69BA55A4B59925067164B783CB8"/>
+              <w:docPart w:val="A9C11C57DAA74801948D91C414E7357F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2025-07-04T00:00:00Z">
               <w:dateFormat w:val="mM/dd/yyyy"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1710" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="3FBCB343" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+              <w:p w14:paraId="6AE11BD7" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="4590"/>
                     <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
                   </w:tabs>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="10"/>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:noProof/>
                     <w:kern w:val="0"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="009F62CE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E3ECFE5" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="6FAEA873" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4464"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ABA5E69" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="1A8130BA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AC489EF" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="6937073D" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Dated this </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="1320461125"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:kern w:val="0"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:id w:val="2146154304"/>
           <w:placeholder>
-            <w:docPart w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:docPart w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="009F62CE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EC5A9C" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="7F1DADC9" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="165CE2C6" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="23299C08" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4500"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04748014" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
-[...21 lines deleted...]
-    <w:p w14:paraId="45FC77CD" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="0E53A3C5" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5310"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5310"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F62CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>PETITIONER:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018CBCAF" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="0057553F">
+    <w:p w14:paraId="39BE6D45" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="00031C82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5305" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4045"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="1E95FCF6" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="241A568F" w14:textId="77777777" w:rsidTr="007224C3">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F2F2473" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="5972CC74" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="1F21953E" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="7D831406" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B163CA6" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="21776C51" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="223BD9B4" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="3A2C23AE" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6667412A" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="28A417A7" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(Street Address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="5357B310" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="1F04B6B7" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1B8204" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="4A61A506" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk202969265"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk202969265"/>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>(City), SD 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
-      <w:tr w:rsidR="0057553F" w:rsidRPr="009F62CE" w14:paraId="6DBED557" w14:textId="77777777" w:rsidTr="00FA6B4C">
+      <w:bookmarkEnd w:id="4"/>
+      <w:tr w:rsidR="00031C82" w:rsidRPr="009F62CE" w14:paraId="0FD6AA7E" w14:textId="77777777" w:rsidTr="007224C3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="667D3DF5" w14:textId="77777777" w:rsidR="0057553F" w:rsidRPr="009F62CE" w:rsidRDefault="0057553F" w:rsidP="00FA6B4C">
+          <w:p w14:paraId="12E254AA" w14:textId="77777777" w:rsidR="00031C82" w:rsidRPr="009F62CE" w:rsidRDefault="00031C82" w:rsidP="007224C3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="10"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F62CE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Phone) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A04444B" w14:textId="4CDBCF38" w:rsidR="002236D1" w:rsidRDefault="002236D1"/>
-[...677 lines deleted...]
-    <w:p w14:paraId="016CFABD" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
+    <w:p w14:paraId="2CC337DF" w14:textId="77777777" w:rsidR="00605A75" w:rsidRDefault="00605A75"/>
     <w:sectPr w:rsidR="00605A75">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E4972B2" w14:textId="77777777" w:rsidR="00781E09" w:rsidRDefault="00781E09" w:rsidP="00AB767E">
+    <w:p w14:paraId="4DFEC8D9" w14:textId="77777777" w:rsidR="006166CC" w:rsidRDefault="006166CC" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AFCB415" w14:textId="77777777" w:rsidR="00781E09" w:rsidRDefault="00781E09" w:rsidP="00AB767E">
+    <w:p w14:paraId="46D29470" w14:textId="77777777" w:rsidR="006166CC" w:rsidRDefault="006166CC" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...3 lines deleted...]
-      <w:id w:val="-760527246"/>
+      <w:id w:val="-348334621"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0DEE5F0F" w14:textId="106A15EE" w:rsidR="00AB767E" w:rsidRPr="00AB767E" w:rsidRDefault="00AB767E" w:rsidP="00AB767E">
+      <w:p w14:paraId="15491CCF" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:ind w:left="-720"/>
+          <w:ind w:left="0"/>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="6CAC2D37" w14:textId="0A9BC7B5" w:rsidR="00031C82" w:rsidRPr="007E198A" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:ind w:left="0" w:firstLine="0"/>
           <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00AB767E">
+        <w:r w:rsidRPr="007E198A">
           <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Petition for Appointment of Guardianship </w:t>
+          <w:t>Petition For Appointment of Guardianship</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="46830267" w14:textId="7E7E01A4" w:rsidR="00031C82" w:rsidRDefault="00031C82">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:sz w:val="20"/>
-[...27 lines deleted...]
-          <w:rPr>
             <w:noProof/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00AB767E">
+        <w:r>
           <w:rPr>
             <w:noProof/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t xml:space="preserve"> of 4</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1CA3BAE8" w14:textId="77777777" w:rsidR="00AB767E" w:rsidRDefault="00AB767E">
-[...9 lines deleted...]
-  <w:p w14:paraId="6CC5D65C" w14:textId="77777777" w:rsidR="00AB767E" w:rsidRDefault="00AB767E">
+  <w:p w14:paraId="60D07E05" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77A8E91B" w14:textId="77777777" w:rsidR="00781E09" w:rsidRDefault="00781E09" w:rsidP="00AB767E">
+    <w:p w14:paraId="76089B77" w14:textId="77777777" w:rsidR="006166CC" w:rsidRDefault="006166CC" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76AA91D5" w14:textId="77777777" w:rsidR="00781E09" w:rsidRDefault="00781E09" w:rsidP="00AB767E">
+    <w:p w14:paraId="33173F8E" w14:textId="77777777" w:rsidR="006166CC" w:rsidRDefault="006166CC" w:rsidP="00031C82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="3957681C" w14:textId="77777777" w:rsidR="00031C82" w:rsidRDefault="00031C82" w:rsidP="00031C82">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42C0B">
+        <w:t xml:space="preserve">Pursuant to SDCL 29A-5-305, the petitioner may be the proposed guardian, the minor child, or the Department of Social Services; however, best practice is that the petitioner should be the proposed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B42C0B">
+        <w:t>guardian</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="30880047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EC6A356"/>
     <w:lvl w:ilvl="0" w:tplc="6CBA90D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7010,111 +6596,109 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="700009272">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1769883897">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0057553F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0057553F"/>
+    <w:rsidRoot w:val="00031C82"/>
+    <w:rsid w:val="00031C82"/>
     <w:rsid w:val="00605A75"/>
-    <w:rsid w:val="00781E09"/>
-    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="006166CC"/>
     <w:rsid w:val="00ED31F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5D032B3E"/>
+  <w14:docId w14:val="272BFD69"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B56EB765-39E0-4B0F-BE7C-5394B3813481}"/>
+  <w15:docId w15:val="{BB6B663C-8E59-437A-B51F-A433B867612F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7469,939 +7053,948 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:spacing w:after="11" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:ind w:left="425" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031C82"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00031C82"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031C82"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0057553F"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="00031C82"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="00031C82"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="EAC56233B27B43A7BAA18484145DAEC6"/>
+        <w:name w:val="A8ED629C91E244E3BC7BC642E9FF8796"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7B4D4772-86D5-4B28-A6AD-B098EB24C177}"/>
+        <w:guid w:val="{5A7B90AC-8CA8-4C7F-A2A7-B7B6A80E44B7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001A4E7C" w:rsidRDefault="007D7138" w:rsidP="007D7138">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00BB5C8A" w:rsidP="00BB5C8A">
           <w:pPr>
-            <w:pStyle w:val="EAC56233B27B43A7BAA18484145DAEC6"/>
+            <w:pStyle w:val="A8ED629C91E244E3BC7BC642E9FF8796"/>
           </w:pPr>
           <w:r w:rsidRPr="004101A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="74BCA334568F4173A9B7203A633A9116"/>
+        <w:name w:val="EFAA523D110E42DBB40C3BF1C5BEAD96"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A805E673-37D4-494D-AF24-CE2F1BD49CCF}"/>
+        <w:guid w:val="{36AC92CF-71D6-49EA-8B77-E868464E67AE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001A4E7C" w:rsidRDefault="007D7138" w:rsidP="007D7138">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00BB5C8A" w:rsidP="00BB5C8A">
           <w:pPr>
-            <w:pStyle w:val="74BCA334568F4173A9B7203A633A9116"/>
+            <w:pStyle w:val="EFAA523D110E42DBB40C3BF1C5BEAD96"/>
           </w:pPr>
           <w:r w:rsidRPr="00CA37D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="490BD8583EE6414685C99A081CA656C8"/>
+        <w:name w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BE21F79C-58CA-470A-9574-83891F793AA1}"/>
+        <w:guid w:val="{BA4D1751-2E95-445B-949D-9A9C1E0B6B89}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001A4E7C" w:rsidRDefault="007D7138" w:rsidP="007D7138">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00BB5C8A" w:rsidP="00BB5C8A">
           <w:pPr>
-            <w:pStyle w:val="490BD8583EE6414685C99A081CA656C8"/>
+            <w:pStyle w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF7A73">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7BB1E69BA55A4B59925067164B783CB8"/>
+        <w:name w:val="170A651E8E804B24AE993F3AA4AA073C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F741D678-A0D7-422C-A6CA-4E4D76B44174}"/>
+        <w:guid w:val="{8852CF18-9E31-4A7A-A437-762B0403434D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001A4E7C" w:rsidRDefault="007D7138" w:rsidP="007D7138">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00BB5C8A" w:rsidP="00BB5C8A">
           <w:pPr>
-            <w:pStyle w:val="7BB1E69BA55A4B59925067164B783CB8"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="723CE898460B4E5C8B621047215F431D"/>
+            <w:pStyle w:val="170A651E8E804B24AE993F3AA4AA073C"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF7A73">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="908FEACBE5B64067BAEEBC1770DF7227"/>
+        <w:name w:val="A9C11C57DAA74801948D91C414E7357F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AA761B91-7DD7-440C-AAD9-B4774CC01872}"/>
+        <w:guid w:val="{C01A864C-32AC-4E7F-BE88-B6B91D19FCD6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001A4E7C" w:rsidRDefault="007D7138" w:rsidP="007D7138">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00BB5C8A" w:rsidP="00BB5C8A">
           <w:pPr>
-            <w:pStyle w:val="908FEACBE5B64067BAEEBC1770DF7227"/>
+            <w:pStyle w:val="A9C11C57DAA74801948D91C414E7357F"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF7A73">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D7138"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B1351F"/>
+    <w:rsidRoot w:val="00BB5C8A"/>
+    <w:rsid w:val="001928C7"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8789,81 +8382,77 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007D7138"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAC56233B27B43A7BAA18484145DAEC6">
-[...1 lines deleted...]
-    <w:rsid w:val="007D7138"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8ED629C91E244E3BC7BC642E9FF8796">
+    <w:name w:val="A8ED629C91E244E3BC7BC642E9FF8796"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="74BCA334568F4173A9B7203A633A9116">
-[...1 lines deleted...]
-    <w:rsid w:val="007D7138"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFAA523D110E42DBB40C3BF1C5BEAD96">
+    <w:name w:val="EFAA523D110E42DBB40C3BF1C5BEAD96"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="490BD8583EE6414685C99A081CA656C8">
-[...1 lines deleted...]
-    <w:rsid w:val="007D7138"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBD32D2B6D7C4E989FB1CE3395180461">
+    <w:name w:val="DBD32D2B6D7C4E989FB1CE3395180461"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7BB1E69BA55A4B59925067164B783CB8">
-[...1 lines deleted...]
-    <w:rsid w:val="007D7138"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="170A651E8E804B24AE993F3AA4AA073C">
+    <w:name w:val="170A651E8E804B24AE993F3AA4AA073C"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="723CE898460B4E5C8B621047215F431D">
-[...5 lines deleted...]
-    <w:rsid w:val="007D7138"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9C11C57DAA74801948D91C414E7357F">
+    <w:name w:val="A9C11C57DAA74801948D91C414E7357F"/>
+    <w:rsid w:val="00BB5C8A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -9124,55 +8713,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4304</Characters>
+  <Pages>4</Pages>
+  <Words>649</Words>
+  <Characters>3700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5049</CharactersWithSpaces>
+  <CharactersWithSpaces>4341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Undeberg, Paige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>